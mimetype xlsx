--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -933,165 +933,165 @@
       </c>
       <c r="D27">
         <v>7.122063999999999</v>
       </c>
       <c r="E27">
         <v>26.84160800000003</v>
       </c>
       <c r="F27">
         <v>182.648869</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28">
         <v>1995</v>
       </c>
       <c r="B28">
         <v>156.7759009999999</v>
       </c>
       <c r="C28">
         <v>3.178058</v>
       </c>
       <c r="D28">
         <v>7.941658</v>
       </c>
       <c r="E28">
-        <v>27.8136</v>
+        <v>27.81360000000001</v>
       </c>
       <c r="F28">
         <v>195.7092170000001</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29">
         <v>1996</v>
       </c>
       <c r="B29">
         <v>175.5013399999999</v>
       </c>
       <c r="C29">
         <v>3.784107999999999</v>
       </c>
       <c r="D29">
         <v>8.232091999999996</v>
       </c>
       <c r="E29">
         <v>37.39794299999996</v>
       </c>
       <c r="F29">
         <v>224.915483</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30">
         <v>1997</v>
       </c>
       <c r="B30">
         <v>175.9137979999999</v>
       </c>
       <c r="C30">
         <v>5.375700999999999</v>
       </c>
       <c r="D30">
         <v>8.073593999999993</v>
       </c>
       <c r="E30">
-        <v>42.944723</v>
+        <v>42.94472300000001</v>
       </c>
       <c r="F30">
-        <v>232.307816</v>
+        <v>232.3078159999999</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31">
         <v>1998</v>
       </c>
       <c r="B31">
         <v>168.7437459999999</v>
       </c>
       <c r="C31">
-        <v>5.047382000000001</v>
+        <v>5.047382000000002</v>
       </c>
       <c r="D31">
         <v>7.389690000000004</v>
       </c>
       <c r="E31">
         <v>44.19456400000001</v>
       </c>
       <c r="F31">
         <v>225.375382</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32">
         <v>1999</v>
       </c>
       <c r="B32">
         <v>168.689716</v>
       </c>
       <c r="C32">
-        <v>5.512490000000002</v>
+        <v>5.512490000000001</v>
       </c>
       <c r="D32">
         <v>6.992057000000003</v>
       </c>
       <c r="E32">
-        <v>48.47079299999998</v>
+        <v>48.47079299999996</v>
       </c>
       <c r="F32">
         <v>229.665056</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33">
         <v>2000</v>
       </c>
       <c r="B33">
         <v>181.1805670000001</v>
       </c>
       <c r="C33">
         <v>5.410686999999999</v>
       </c>
       <c r="D33">
         <v>7.225369</v>
       </c>
       <c r="E33">
         <v>49.79594899999998</v>
       </c>
       <c r="F33">
         <v>243.6125719999999</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34">
         <v>2001</v>
       </c>
       <c r="B34">
         <v>180.8844529999999</v>
       </c>
       <c r="C34">
-        <v>5.665544000000001</v>
+        <v>5.665544</v>
       </c>
       <c r="D34">
         <v>10.92394699999999</v>
       </c>
       <c r="E34">
         <v>54.03649</v>
       </c>
       <c r="F34">
         <v>251.5104339999998</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35">
         <v>2002</v>
       </c>
       <c r="B35">
         <v>173.6491179999999</v>
       </c>
       <c r="C35">
         <v>7.323183999999998</v>
       </c>
       <c r="D35">
         <v>11.798178</v>
       </c>
       <c r="E35">
@@ -1524,63 +1524,63 @@
     <row r="57" spans="1:26">
       <c r="A57">
         <v>2024</v>
       </c>
       <c r="B57">
         <v>102.853452</v>
       </c>
       <c r="C57">
         <v>1.290799999999999</v>
       </c>
       <c r="D57">
         <v>12.216494</v>
       </c>
       <c r="E57">
         <v>126.2387099999999</v>
       </c>
       <c r="F57">
         <v>242.5994550000001</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58">
         <v>2025</v>
       </c>
       <c r="B58">
-        <v>97.10396700000001</v>
+        <v>106.766423</v>
       </c>
       <c r="C58">
-        <v>0.9264879999999998</v>
+        <v>1.034999</v>
       </c>
       <c r="D58">
-        <v>9.82032899999999</v>
+        <v>10.847977</v>
       </c>
       <c r="E58">
-        <v>110.3854720000001</v>
+        <v>121.765149</v>
       </c>
       <c r="F58">
-        <v>218.2362550000003</v>
+        <v>240.4145470000003</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>